--- v0 (2025-12-10)
+++ v1 (2026-01-27)
@@ -41,66 +41,91 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6590"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00F13442" w14:paraId="6E07C437" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9142" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00E43794" w:rsidR="00CB3578" w:rsidP="00E43794" w:rsidRDefault="00E43794" w14:paraId="6C114818" w14:textId="025676AF">
+          <w:p w:rsidRPr="00E43794" w:rsidR="00CB3578" w:rsidP="00E43794" w:rsidRDefault="00E43794" w14:paraId="6C114818" w14:textId="371CC117">
             <w:pPr>
               <w:pStyle w:val="Amendement"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E43794">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Bijgewerkt t/m nr. 7 (NvW d.d. 5 september 2025)</w:t>
+              <w:t xml:space="preserve">Bijgewerkt t/m nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA473A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>35 (2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA473A" w:rsidR="00BA473A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA473A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NvW d.d. 26 januari 2026)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidTr="00A11E73" w14:paraId="1CF772E5" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1065,144 +1090,191 @@
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1. Een bank met meer dan drie miljoen in Nederland woonachtige of gevestigde betaalrekeninghouders, zorgt voor de instandhouding van een chartale basisinfrastructuur die aan de bij of krachtens dit artikel gestelde eisen voldoet. De bank werkt daartoe samen met andere banken waarop deze verplichting rust.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="014E310B" w14:textId="013FD380">
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="014E310B" w14:textId="5652C6E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. De chartale basisinfrastructuur bestaat uit landelijk dekkende en adequate voorzieningen voor het opnemen en storten van eurobankbiljetten en euromunten.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="2FBC2CB1" w14:textId="08A175DF">
+      <w:r w:rsidR="00175D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="2FBC2CB1" w14:textId="08A175DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Hlk150942242" w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. De chartale basisinfrastructuur is toegankelijk voor andere banken tegen eerlijke, redelijke en niet-discriminerende voorwaarden en tarieven.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00E440BC" w:rsidP="00493DDC" w:rsidRDefault="00E440BC" w14:paraId="5D2AF21B" w14:textId="1E3A108C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E440BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Een bank als bedoeld in het eerste lid of in artikel 3:267l, tweede of derde lid, zorgt ervoor dat aan haar in Nederland woonachtige of gevestigde betaalrekeninghouders geen tarieven voor het gebruik van de chartale basisinfrastructuur in rekening worden gebracht die bij of krachtens algemene maatregel van bestuur te bepalen grenzen overschrijden.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="610B56E5" w14:textId="3533B179">
-[...27 lines deleted...]
-        <w:t>4. Bij of krachtens algemene maatregel van bestuur worden nadere regels gesteld over de voorzieningen waaruit de chartale basisinfrastructuur bestaat en de daaraan te stellen eisen.</w:t>
+    <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="610B56E5" w14:textId="406BB65F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E440BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Bij of krachtens algemene maatregel van bestuur worden nadere regels gesteld over de voorzieningen waaruit de chartale basisinfrastructuur bestaat en de daaraan te stellen eisen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0B11774F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="381AC0E8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -1375,69 +1447,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Het eerste </w:t>
       </w:r>
       <w:r w:rsidR="005075F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tot en met derde lid</w:t>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> laten onverlet dat een bank, ter voldoening aan de Wet ter voorkoming van witwassen en financieren van terrorisme, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> maatregelen kan nemen om de risico’s van contant geld te mitigeren.</w:t>
+        <w:t xml:space="preserve"> laten onverlet dat een bank, ter voldoening aan de Wet ter voorkoming van witwassen en financieren van terrorisme, cliëntspecifieke maatregelen kan nemen om de risico’s van contant geld te mitigeren.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4B6710D6" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4BFDBC7B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -1766,50 +1820,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Een bank verstrekt periodiek binnen de daartoe vastgestelde termijnen informatie aan de Nederlandsche Bank die deze nodig heeft voor het toezicht op de naleving van het bij of krachtens deze afdeling bepaalde. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="5DFBE8D0" w14:textId="610D0A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. Informatie die betrekking heeft op de samenwerking, bedoeld in artikel 3:267k, eerste lid, kan namens meerdere banken tegelijk worden verstrekt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="241F6B87" w14:textId="4C45D215">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -1828,51 +1883,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. Bij of krachtens algemene maatregel van bestuur worden regels gesteld met betrekking tot de inhoud, de wijze, de periodiciteit en de termijnen van de verstrekking.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="646CDD1A" w14:textId="2D9943ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4. Het bij of krachtens dit artikel bepaalde is niet van toepassing op een bank met minder dan vijftigduizend in Nederland woonachtige of gevestigde betaalrekeninghouders.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="3F6B1E17" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2009,69 +2063,51 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In de bijlagen behorend bij de artikelen 1:79 en 1:80 wordt in de opsomming van artikelen uit het Deel </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> toezicht financiële ondernemingen in de numerieke volgorde ingevoegd:</w:t>
+        <w:t>In de bijlagen behorend bij de artikelen 1:79 en 1:80 wordt in de opsomming van artikelen uit het Deel Prudentieel toezicht financiële ondernemingen in de numerieke volgorde ingevoegd:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="0952C982" w14:textId="356A3C04">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
@@ -2569,50 +2605,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="27DA743B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="02A9D008" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="479E7927" w14:textId="3793189C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
@@ -3242,106 +3279,98 @@
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="6038BDF3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Hlk152856860" w:id="7"/>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Artikel 9l</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="7BDC0265" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="4254C4D8" w14:textId="4979130B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Een ingevolge artikel 9j, eerste lid, aangewezen geldtransportonderneming geeft de Bank onverwijld schriftelijk kennis van het voornemen tot een wijziging met een substantiële </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">impact op de uitvoering van de werkzaamheden waartoe de onderneming zich heeft verbonden, onder vermelding van het tijdstip waarop zij het voornemen wil uitvoeren. </w:t>
+        <w:t xml:space="preserve">1. Een ingevolge artikel 9j, eerste lid, aangewezen geldtransportonderneming geeft de Bank onverwijld schriftelijk kennis van het voornemen tot een wijziging met een substantiële impact op de uitvoering van de werkzaamheden waartoe de onderneming zich heeft verbonden, onder vermelding van het tijdstip waarop zij het voornemen wil uitvoeren. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="49105887" w14:textId="44DC65A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
@@ -4002,51 +4031,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="18D74B14" w14:textId="4746F44D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. De Bank is bevoegd tot oplegging van een last onder dwangsom ter handhaving van de bij of krachtens de artikelen 9i en 9k tot en met 9o gestelde regels. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="1668097F" w14:textId="08170AAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -4376,61 +4404,59 @@
     </w:p>
     <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="004F6A18" w14:paraId="500EEF62" w14:textId="31BBA1B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTIKEL </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E50CC7" w:rsidR="00E50CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IVa</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="00E50CC7" w14:paraId="68025F70" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00E50CC7" w:rsidR="00E50CC7" w:rsidP="00E50CC7" w:rsidRDefault="00E50CC7" w14:paraId="229811EB" w14:textId="3E14278D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
@@ -4803,51 +4829,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="02EA1753" w14:textId="473F64D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00493DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lasten en bevelen dat deze in het Staatsblad zal worden geplaatst en dat alle ministeries, autoriteiten, colleges en ambtenaren die zulks aangaat, aan de nauwkeurige uitvoering de hand zullen houden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00493DDC" w:rsidR="00493DDC" w:rsidP="00493DDC" w:rsidRDefault="00493DDC" w14:paraId="769B5D00" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -5058,72 +5083,72 @@
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="002168F4" w:rsidR="00CB3578" w:rsidSect="00A11E73">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="357" w:footer="1440" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:paperSrc w:first="4" w:other="4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="518C5154" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="7D8FF08D" w14:textId="77777777" w:rsidR="00CC025B" w:rsidRDefault="00CC025B">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49552DB2" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="725D2BC0" w14:textId="77777777" w:rsidR="00CC025B" w:rsidRDefault="00CC025B">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D907F85" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="5664CC3F" w14:textId="77777777" w:rsidR="00CC025B" w:rsidRDefault="00CC025B">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
@@ -5250,144 +5275,153 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002168F4">
       <w:rPr>
         <w:rStyle w:val="Paginanummer"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="79507D0F" w14:textId="77777777" w:rsidR="002168F4" w:rsidRPr="002168F4" w:rsidRDefault="002168F4" w:rsidP="002168F4">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40400069" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="1A64F94B" w14:textId="77777777" w:rsidR="00CC025B" w:rsidRDefault="00CC025B">
       <w:pPr>
         <w:pStyle w:val="Amendement"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6676DBC3" w14:textId="77777777" w:rsidR="00493DDC" w:rsidRDefault="00493DDC">
+    <w:p w14:paraId="0F7731C7" w14:textId="77777777" w:rsidR="00CC025B" w:rsidRDefault="00CC025B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="1109"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00493DDC"/>
     <w:rsid w:val="00012DBE"/>
     <w:rsid w:val="000A1D81"/>
     <w:rsid w:val="00111ED3"/>
+    <w:rsid w:val="00175D14"/>
     <w:rsid w:val="001C190E"/>
     <w:rsid w:val="002168F4"/>
     <w:rsid w:val="002A727C"/>
+    <w:rsid w:val="003910A5"/>
+    <w:rsid w:val="003D6900"/>
     <w:rsid w:val="00493DDC"/>
     <w:rsid w:val="004F6A18"/>
     <w:rsid w:val="005075F0"/>
     <w:rsid w:val="005D2707"/>
     <w:rsid w:val="00606255"/>
+    <w:rsid w:val="00622D74"/>
     <w:rsid w:val="006B607A"/>
     <w:rsid w:val="007550F3"/>
     <w:rsid w:val="007A3D36"/>
     <w:rsid w:val="007D451C"/>
     <w:rsid w:val="00826224"/>
     <w:rsid w:val="00886E2B"/>
     <w:rsid w:val="00930A23"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009E6D7F"/>
     <w:rsid w:val="00A11E73"/>
     <w:rsid w:val="00A2521E"/>
     <w:rsid w:val="00AE436A"/>
+    <w:rsid w:val="00BA473A"/>
     <w:rsid w:val="00C135B1"/>
     <w:rsid w:val="00C92DF8"/>
+    <w:rsid w:val="00CB0F13"/>
     <w:rsid w:val="00CB3578"/>
+    <w:rsid w:val="00CC025B"/>
     <w:rsid w:val="00D20AFA"/>
     <w:rsid w:val="00D55648"/>
     <w:rsid w:val="00D635EF"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E36EE9"/>
     <w:rsid w:val="00E43794"/>
     <w:rsid w:val="00E4390C"/>
+    <w:rsid w:val="00E440BC"/>
     <w:rsid w:val="00E50CC7"/>
+    <w:rsid w:val="00E84E25"/>
     <w:rsid w:val="00F13442"/>
     <w:rsid w:val="00F956D4"/>
+    <w:rsid w:val="00F956FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6780,97 +6814,100 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Pages>7</ap:Pages>
-  <ap:Words>2026</ap:Words>
-  <ap:Characters>11516</ap:Characters>
+  <ap:Words>2080</ap:Words>
+  <ap:Characters>11820</ap:Characters>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>95</ap:Lines>
+  <ap:Lines>98</ap:Lines>
   <ap:Paragraphs>27</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>T W E E D E   K A M E R   D E R   S T A T E N - G E N E R A A L                                                        2</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>13515</ap:CharactersWithSpaces>
+  <ap:CharactersWithSpaces>13873</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:creator/>
   <lastModifiedBy/>
   <revision/>
   <lastPrinted>2009-12-07T14:10:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:description>------------------------</dc:description>
   <dc:subject/>
   <keywords/>
   <version/>
   <category/>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>737000711</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Sjablonen amendementen en voorstellen van wet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
     <vt:lpwstr>M.Geenen@sdu.nl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Geenen, Michel</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-1389537874</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
     <vt:lpwstr>0x01010038E60350FC170647B310166F2EB204D8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Order">
     <vt:r8>100</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>